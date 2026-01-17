--- v0 (2025-12-01)
+++ v1 (2026-01-17)
@@ -3,120 +3,115 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2024\Property Tax Reimbursements\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Budget\Historical Analyses\2025\Property Tax Reimbursements\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{082741FA-A1C7-498A-ACC0-106BF16CADFD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1AF955D9-0C13-47F5-8B97-C1D3B270ACE0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{049C6B91-F53F-4832-B6B5-6812F5853961}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{049C6B91-F53F-4832-B6B5-6812F5853961}"/>
   </bookViews>
   <sheets>
     <sheet name="Tax Relief Trust Fund" sheetId="1" r:id="rId1"/>
     <sheet name="Homestead Exemption Fund" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H44" i="1" l="1"/>
+  <c r="H45" i="1" l="1"/>
+  <c r="H44" i="1"/>
   <c r="H43" i="1"/>
   <c r="H42" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="86">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="88">
   <si>
     <t>FISCAL YEAR</t>
   </si>
   <si>
     <t>HOMESTEAD EXEMPTION</t>
   </si>
   <si>
     <t>MERCHANT'S INVENTORY TAX</t>
   </si>
   <si>
     <t>RESIDENTIAL SCHOOL OPER. EXEMPTION</t>
   </si>
   <si>
     <t>MANUF. DEPRECIATION</t>
   </si>
   <si>
     <t>MANUF. VALUE EXEMPTION</t>
   </si>
   <si>
-    <t>TOTAL REIMBURSEMENTS</t>
-[...1 lines deleted...]
-  <si>
     <t>1984-85</t>
   </si>
   <si>
     <t>1985-86</t>
   </si>
   <si>
     <t>1986-87</t>
   </si>
   <si>
     <t>1987-88</t>
   </si>
   <si>
     <t>1988-89</t>
   </si>
   <si>
     <t>1989-90</t>
   </si>
   <si>
     <t>1990-91</t>
   </si>
   <si>
     <t>1991-92</t>
   </si>
   <si>
     <t>1992-93</t>
@@ -209,53 +204,50 @@
     <t>2021-22</t>
   </si>
   <si>
     <t>2022-23</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
     <t>Updated</t>
   </si>
   <si>
     <t>Notes:</t>
   </si>
   <si>
     <t>Tax Relief Trust Fund provides reimbursements to local governments for property tax exemptions.</t>
   </si>
   <si>
     <t>Fund does not include the Homestead Exemption Fund reimbursements for school operating exemptions pursuant to Act 388 of 2006</t>
   </si>
   <si>
     <t>Reflects budgeted reimbursement amounts</t>
   </si>
   <si>
     <t>2024-25</t>
-  </si>
-[...1 lines deleted...]
-    <t>Source:  Appropriations Act</t>
   </si>
   <si>
     <t>TIER III REVENUE INCLUDING INTEREST    (1% SALES TAX)</t>
   </si>
   <si>
     <t>TIER III EXPENDITURE</t>
   </si>
   <si>
     <t>$2.5M MINIMUM DISBURSEMENT</t>
   </si>
   <si>
     <t>TIER III EXPENDITURE WITH $2.5M</t>
   </si>
   <si>
     <t>(SHORTFALL)/ OVERAGE</t>
   </si>
   <si>
     <t xml:space="preserve">Col 2
 </t>
   </si>
   <si>
     <t xml:space="preserve">Col 3
 </t>
   </si>
   <si>
@@ -311,50 +303,65 @@
   </si>
   <si>
     <t>FY 20-21</t>
   </si>
   <si>
     <t>FY 21-22</t>
   </si>
   <si>
     <t>FY 22-23</t>
   </si>
   <si>
     <t>FY 23-24</t>
   </si>
   <si>
     <t xml:space="preserve">Col 1
 </t>
   </si>
   <si>
     <t>Note: Homestead Exemption Fund reimbursements for school operating exemptions pursuant to Act 388 of 2006</t>
   </si>
   <si>
     <t>Source:  Revenue and Fiscal Affairs</t>
   </si>
   <si>
     <t>HOMESTEAD EXEMPTION FUND</t>
+  </si>
+  <si>
+    <t>2025-26</t>
+  </si>
+  <si>
+    <t>FY 24-25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOTAL </t>
+  </si>
+  <si>
+    <t>Source:  Appropriations Act and Department of Revenue</t>
+  </si>
+  <si>
+    <t>TAX RELIEF TRUST FUND</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -484,51 +491,51 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="37" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="37" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -569,50 +576,53 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="11" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="37" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{EBFB2F6C-40F7-4306-8553-39D3DF0F4B2C}"/>
   </cellStyles>
   <dxfs count="20">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color auto="1"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
@@ -1079,76 +1089,76 @@
     </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Table Style 1" pivot="0" count="3" xr9:uid="{7C4A2EE3-7CC0-4C65-9C77-70517E4F9D6C}">
       <tableStyleElement type="wholeTable" dxfId="19"/>
       <tableStyleElement type="headerRow" dxfId="18"/>
       <tableStyleElement type="firstRowStripe" dxfId="17"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{56F7E01B-197A-4AA8-B551-FC20876B82A4}" name="Table8" displayName="Table8" ref="B3:H44" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15">
-  <autoFilter ref="B3:H44" xr:uid="{C0095E8D-5188-4BED-9C85-8D4DE339233E}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{56F7E01B-197A-4AA8-B551-FC20876B82A4}" name="Table8" displayName="Table8" ref="B3:H45" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15">
+  <autoFilter ref="B3:H45" xr:uid="{C0095E8D-5188-4BED-9C85-8D4DE339233E}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{367B4F4F-10E3-465F-AFEF-0DFA3C5562FA}" name="FISCAL YEAR" dataDxfId="14"/>
     <tableColumn id="2" xr3:uid="{85AEA711-CF90-4996-8CD7-9DC9C21CCDE1}" name="HOMESTEAD EXEMPTION" dataDxfId="13"/>
     <tableColumn id="3" xr3:uid="{93CC4DFA-726B-4C41-ABC7-E0E334EF6A02}" name="MERCHANT'S INVENTORY TAX" dataDxfId="12"/>
     <tableColumn id="4" xr3:uid="{4E367A1D-0D83-4A26-83E3-A24790611275}" name="RESIDENTIAL SCHOOL OPER. EXEMPTION" dataDxfId="11"/>
     <tableColumn id="5" xr3:uid="{1D5637E1-95E7-47CD-8E7A-04A472765639}" name="MANUF. DEPRECIATION" dataDxfId="10"/>
     <tableColumn id="6" xr3:uid="{91A7181D-2598-4950-B63B-B1AA8A74EC91}" name="MANUF. VALUE EXEMPTION" dataDxfId="9"/>
-    <tableColumn id="7" xr3:uid="{EE4A16BA-80BC-4A43-BCBC-746A8959785F}" name="TOTAL REIMBURSEMENTS" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{EE4A16BA-80BC-4A43-BCBC-746A8959785F}" name="TOTAL " dataDxfId="8"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{390E1E22-DA69-4C57-9604-BB26FAB97268}" name="Table83" displayName="Table83" ref="B3:G21" totalsRowShown="0" headerRowDxfId="7" dataDxfId="6">
-  <autoFilter ref="B3:G21" xr:uid="{C0095E8D-5188-4BED-9C85-8D4DE339233E}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{390E1E22-DA69-4C57-9604-BB26FAB97268}" name="Table83" displayName="Table83" ref="B3:G22" totalsRowShown="0" headerRowDxfId="7" dataDxfId="6">
+  <autoFilter ref="B3:G22" xr:uid="{C0095E8D-5188-4BED-9C85-8D4DE339233E}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{8DABD7A2-FD96-40B7-96C6-4192975F354E}" name="FISCAL YEAR" dataDxfId="5"/>
     <tableColumn id="2" xr3:uid="{2F84500A-E779-4BFB-BE84-1E9C7AC90718}" name="TIER III REVENUE INCLUDING INTEREST    (1% SALES TAX)" dataDxfId="4"/>
     <tableColumn id="3" xr3:uid="{01B0AF86-00D0-4C6C-B198-56485FE08B7D}" name="TIER III EXPENDITURE" dataDxfId="3"/>
     <tableColumn id="4" xr3:uid="{FA259CCF-4F62-4101-96CC-A0A224A6D8E7}" name="$2.5M MINIMUM DISBURSEMENT" dataDxfId="2"/>
     <tableColumn id="5" xr3:uid="{A4247F15-5B05-40FA-92A0-3676BFA9388D}" name="TIER III EXPENDITURE WITH $2.5M" dataDxfId="1"/>
     <tableColumn id="6" xr3:uid="{28FCB11A-9A62-4376-99E7-923993C69C5F}" name="(SHORTFALL)/ OVERAGE" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="Table Style 1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1453,55 +1463,55 @@
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{072161CE-E8C3-4BC5-B63B-05CF17DF041D}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:H51"/>
+  <dimension ref="A1:H52"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="B49" sqref="B49"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A37" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="G52" sqref="G52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="23" customWidth="1"/>
     <col min="2" max="2" width="12.140625" style="23" customWidth="1"/>
     <col min="3" max="7" width="18.5703125" style="5" customWidth="1"/>
     <col min="8" max="8" width="23.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="9" max="248" width="8.7109375" style="5"/>
     <col min="249" max="249" width="13.7109375" style="5" customWidth="1"/>
     <col min="250" max="250" width="17.7109375" style="5" customWidth="1"/>
     <col min="251" max="251" width="2.28515625" style="5" customWidth="1"/>
     <col min="252" max="253" width="17.7109375" style="5" customWidth="1"/>
     <col min="254" max="254" width="2.28515625" style="5" customWidth="1"/>
     <col min="255" max="255" width="20.7109375" style="5" customWidth="1"/>
     <col min="256" max="256" width="2.28515625" style="5" customWidth="1"/>
     <col min="257" max="257" width="21.7109375" style="5" customWidth="1"/>
     <col min="258" max="262" width="8.7109375" style="5"/>
     <col min="263" max="263" width="11.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="264" max="504" width="8.7109375" style="5"/>
     <col min="505" max="505" width="13.7109375" style="5" customWidth="1"/>
     <col min="506" max="506" width="17.7109375" style="5" customWidth="1"/>
     <col min="507" max="507" width="2.28515625" style="5" customWidth="1"/>
     <col min="508" max="509" width="17.7109375" style="5" customWidth="1"/>
     <col min="510" max="510" width="2.28515625" style="5" customWidth="1"/>
@@ -2165,1050 +2175,1080 @@
     <col min="15867" max="15867" width="2.28515625" style="5" customWidth="1"/>
     <col min="15868" max="15869" width="17.7109375" style="5" customWidth="1"/>
     <col min="15870" max="15870" width="2.28515625" style="5" customWidth="1"/>
     <col min="15871" max="15871" width="20.7109375" style="5" customWidth="1"/>
     <col min="15872" max="15872" width="2.28515625" style="5" customWidth="1"/>
     <col min="15873" max="15873" width="21.7109375" style="5" customWidth="1"/>
     <col min="15874" max="15878" width="8.7109375" style="5"/>
     <col min="15879" max="15879" width="11.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="15880" max="16120" width="8.7109375" style="5"/>
     <col min="16121" max="16121" width="13.7109375" style="5" customWidth="1"/>
     <col min="16122" max="16122" width="17.7109375" style="5" customWidth="1"/>
     <col min="16123" max="16123" width="2.28515625" style="5" customWidth="1"/>
     <col min="16124" max="16125" width="17.7109375" style="5" customWidth="1"/>
     <col min="16126" max="16126" width="2.28515625" style="5" customWidth="1"/>
     <col min="16127" max="16127" width="20.7109375" style="5" customWidth="1"/>
     <col min="16128" max="16128" width="2.28515625" style="5" customWidth="1"/>
     <col min="16129" max="16129" width="21.7109375" style="5" customWidth="1"/>
     <col min="16130" max="16134" width="8.7109375" style="5"/>
     <col min="16135" max="16135" width="11.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="16136" max="16371" width="8.7109375" style="5"/>
     <col min="16372" max="16384" width="9.140625" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="1" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="B1" s="2" t="s">
-        <v>0</v>
+        <v>87</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
     </row>
     <row r="2" spans="1:8" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
     </row>
     <row r="3" spans="1:8" s="6" customFormat="1" ht="75" x14ac:dyDescent="0.3">
       <c r="B3" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="7" t="s">
+      <c r="D3" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="7" t="s">
+      <c r="E3" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="7" t="s">
+      <c r="F3" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="7" t="s">
+      <c r="G3" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3" s="7" t="s">
-        <v>7</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:8" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3"/>
       <c r="B4" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C4" s="8">
         <v>21713105</v>
       </c>
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
       <c r="F4" s="8"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8">
         <v>157049248</v>
       </c>
     </row>
     <row r="5" spans="1:8" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="3"/>
       <c r="B5" s="3" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C5" s="8">
         <v>22212054</v>
       </c>
       <c r="D5" s="8">
         <v>4080000</v>
       </c>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8">
         <v>171119593</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C6" s="8">
         <v>22212054</v>
       </c>
       <c r="D6" s="8">
         <v>12953283</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8">
         <v>179992876</v>
       </c>
     </row>
     <row r="7" spans="1:8" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3"/>
       <c r="B7" s="3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C7" s="8">
         <v>25407700</v>
       </c>
       <c r="D7" s="8">
         <v>34584070</v>
       </c>
       <c r="E7" s="8"/>
       <c r="F7" s="8"/>
       <c r="G7" s="8"/>
       <c r="H7" s="8">
         <v>59991770</v>
       </c>
     </row>
     <row r="8" spans="1:8" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
       <c r="B8" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C8" s="8">
         <v>27477700</v>
       </c>
       <c r="D8" s="8">
         <v>44439367</v>
       </c>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8">
         <v>71917067</v>
       </c>
     </row>
     <row r="9" spans="1:8" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3"/>
       <c r="B9" s="3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C9" s="8">
         <v>28699427</v>
       </c>
       <c r="D9" s="8">
         <v>39151842</v>
       </c>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8">
         <v>67851269</v>
       </c>
     </row>
     <row r="10" spans="1:8" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3"/>
       <c r="B10" s="3" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C10" s="8">
         <v>32750509</v>
       </c>
       <c r="D10" s="8">
         <v>40463879</v>
       </c>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8">
         <v>73214388</v>
       </c>
     </row>
     <row r="11" spans="1:8" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C11" s="8">
         <v>36335899</v>
       </c>
       <c r="D11" s="8">
         <v>39128571</v>
       </c>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8">
         <v>75464470</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3"/>
       <c r="B12" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C12" s="8">
         <v>40485089</v>
       </c>
       <c r="D12" s="8">
         <v>40463879</v>
       </c>
       <c r="E12" s="8"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8">
         <v>80948968</v>
       </c>
     </row>
     <row r="13" spans="1:8" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="3"/>
       <c r="B13" s="3" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C13" s="8">
         <v>43903718</v>
       </c>
       <c r="D13" s="8">
         <v>40463879</v>
       </c>
       <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8">
         <v>84367597</v>
       </c>
     </row>
     <row r="14" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="3"/>
       <c r="B14" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C14" s="8">
         <v>47096107</v>
       </c>
       <c r="D14" s="8">
         <v>40463879</v>
       </c>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8">
         <v>87559986</v>
       </c>
     </row>
     <row r="15" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
       <c r="B15" s="3" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C15" s="8">
         <v>47480415</v>
       </c>
       <c r="D15" s="8">
         <v>40463879</v>
       </c>
       <c r="E15" s="8">
         <v>195000000</v>
       </c>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8">
         <v>282944294</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="3"/>
       <c r="B16" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C16" s="8">
         <v>47956105</v>
       </c>
       <c r="D16" s="8">
         <v>40557257</v>
       </c>
       <c r="E16" s="8">
         <v>216942851</v>
       </c>
       <c r="F16" s="8"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8">
         <v>305456213</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="3"/>
       <c r="B17" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C17" s="8">
         <v>49557883</v>
       </c>
       <c r="D17" s="8">
         <v>40557257</v>
       </c>
       <c r="E17" s="8">
         <v>227400845</v>
       </c>
       <c r="F17" s="8"/>
       <c r="G17" s="10"/>
       <c r="H17" s="8">
         <v>317515985</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="3"/>
       <c r="B18" s="3" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C18" s="8">
         <v>51329733</v>
       </c>
       <c r="D18" s="8">
         <v>40557257</v>
       </c>
       <c r="E18" s="8">
         <v>237849369</v>
       </c>
       <c r="F18" s="8">
         <v>23614194</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="8">
         <v>354323270</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="3"/>
       <c r="B19" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C19" s="8">
         <v>53579824</v>
       </c>
       <c r="D19" s="8">
         <v>40557257</v>
       </c>
       <c r="E19" s="8">
         <v>251576947</v>
       </c>
       <c r="F19" s="8">
         <v>35729165</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="8">
         <v>381455918</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="3"/>
       <c r="B20" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C20" s="8">
         <v>119783281</v>
       </c>
       <c r="D20" s="8">
         <v>40557257</v>
       </c>
       <c r="E20" s="8">
         <v>241614944</v>
       </c>
       <c r="F20" s="8">
         <v>38746703</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="8">
         <v>441365073</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="3"/>
       <c r="B21" s="3" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C21" s="8">
         <v>127749042</v>
       </c>
       <c r="D21" s="8">
         <v>40557257</v>
       </c>
       <c r="E21" s="8">
         <v>249069750</v>
       </c>
       <c r="F21" s="8">
         <v>43773787</v>
       </c>
       <c r="G21" s="8"/>
       <c r="H21" s="8">
         <v>461149836</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
       <c r="B22" s="3" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C22" s="8">
         <v>138220677</v>
       </c>
       <c r="D22" s="8">
         <v>40557257</v>
       </c>
       <c r="E22" s="8">
         <v>249069750</v>
       </c>
       <c r="F22" s="8">
         <v>45624171.280000001</v>
       </c>
       <c r="G22" s="8"/>
       <c r="H22" s="8">
         <v>473471855</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="3"/>
       <c r="B23" s="3" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C23" s="8">
         <v>147839923</v>
       </c>
       <c r="D23" s="8">
         <v>40557257</v>
       </c>
       <c r="E23" s="8">
         <v>249069750</v>
       </c>
       <c r="F23" s="8">
         <v>47597238</v>
       </c>
       <c r="G23" s="8"/>
       <c r="H23" s="8">
         <v>485064168</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="3"/>
       <c r="B24" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C24" s="8">
         <v>154873301</v>
       </c>
       <c r="D24" s="8">
         <v>40557257</v>
       </c>
       <c r="E24" s="8">
         <v>249069750</v>
       </c>
       <c r="F24" s="8">
         <v>49906439</v>
       </c>
       <c r="G24" s="8"/>
       <c r="H24" s="8">
         <v>494406747</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="3"/>
       <c r="B25" s="3" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C25" s="8">
         <v>157864439</v>
       </c>
       <c r="D25" s="8">
         <v>40557257</v>
       </c>
       <c r="E25" s="8">
         <v>249069750</v>
       </c>
       <c r="F25" s="8">
         <v>52581627</v>
       </c>
       <c r="G25" s="8"/>
       <c r="H25" s="8">
         <v>500073073</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="3"/>
       <c r="B26" s="3" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C26" s="8">
         <v>166047316.43000001</v>
       </c>
       <c r="D26" s="8">
         <v>40557257</v>
       </c>
       <c r="E26" s="8">
         <v>249069749.94999999</v>
       </c>
       <c r="F26" s="8">
         <v>54562649.359999999</v>
       </c>
       <c r="G26" s="8"/>
       <c r="H26" s="8">
         <v>510236972</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C27" s="8">
         <v>172965782.30000001</v>
       </c>
       <c r="D27" s="8">
         <v>40557257</v>
       </c>
       <c r="E27" s="8">
         <v>249069750</v>
       </c>
       <c r="F27" s="8">
         <v>57582305</v>
       </c>
       <c r="G27" s="8"/>
       <c r="H27" s="8">
         <v>520175094</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="3"/>
       <c r="B28" s="3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C28" s="8">
         <v>178362046.13</v>
       </c>
       <c r="D28" s="8">
         <v>40557257</v>
       </c>
       <c r="E28" s="8">
         <v>249069750</v>
       </c>
       <c r="F28" s="8">
         <v>57996007</v>
       </c>
       <c r="G28" s="8"/>
       <c r="H28" s="8">
         <v>525985060</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="3"/>
       <c r="B29" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C29" s="8">
         <v>182335013.81</v>
       </c>
       <c r="D29" s="8">
         <v>40557257</v>
       </c>
       <c r="E29" s="8">
         <v>249069750</v>
       </c>
       <c r="F29" s="8">
         <v>56982805.560000002</v>
       </c>
       <c r="G29" s="8"/>
       <c r="H29" s="8">
         <v>528944826</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="3"/>
       <c r="B30" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C30" s="8">
         <v>185232074.78</v>
       </c>
       <c r="D30" s="8">
         <v>40557257</v>
       </c>
       <c r="E30" s="8">
         <v>249069750</v>
       </c>
       <c r="F30" s="8">
         <v>59805614.619999997</v>
       </c>
       <c r="G30" s="8"/>
       <c r="H30" s="8">
         <v>534664696</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="3"/>
       <c r="B31" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C31" s="8">
         <v>187856094.69</v>
       </c>
       <c r="D31" s="8">
         <v>40557257</v>
       </c>
       <c r="E31" s="8">
         <v>249069750</v>
       </c>
       <c r="F31" s="8">
         <v>59126944.630000003</v>
       </c>
       <c r="G31" s="8"/>
       <c r="H31" s="8">
         <v>536610046</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="3"/>
       <c r="B32" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C32" s="8">
         <v>192129978.58999997</v>
       </c>
       <c r="D32" s="8">
         <v>40557257</v>
       </c>
       <c r="E32" s="8">
         <v>249069750</v>
       </c>
       <c r="F32" s="8">
         <v>61028933.100000001</v>
       </c>
       <c r="G32" s="8"/>
       <c r="H32" s="8">
         <v>542785918</v>
       </c>
     </row>
     <row r="33" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="3"/>
       <c r="B33" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C33" s="8">
         <v>198188987.70999998</v>
       </c>
       <c r="D33" s="8">
         <v>40557257</v>
       </c>
       <c r="E33" s="8">
         <v>249069750</v>
       </c>
       <c r="F33" s="8">
         <v>64593259</v>
       </c>
       <c r="G33" s="8"/>
       <c r="H33" s="8">
         <v>552409254</v>
       </c>
     </row>
     <row r="34" spans="1:8" s="9" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
       <c r="B34" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C34" s="8">
         <v>202854777.06</v>
       </c>
       <c r="D34" s="8">
         <v>40557257</v>
       </c>
       <c r="E34" s="8">
         <v>249069750</v>
       </c>
       <c r="F34" s="8">
         <v>67843625.760000005</v>
       </c>
       <c r="G34" s="8"/>
       <c r="H34" s="8">
         <v>560325410</v>
       </c>
     </row>
     <row r="35" spans="1:8" s="9" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="11"/>
       <c r="B35" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C35" s="8">
         <v>208204854.70999998</v>
       </c>
       <c r="D35" s="8">
         <v>40557257</v>
       </c>
       <c r="E35" s="8">
         <v>249069750</v>
       </c>
       <c r="F35" s="8">
         <v>70482653</v>
       </c>
       <c r="G35" s="8"/>
       <c r="H35" s="8">
         <v>568314515</v>
       </c>
     </row>
     <row r="36" spans="1:8" s="9" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="3"/>
       <c r="B36" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C36" s="8">
         <v>212239207.63</v>
       </c>
       <c r="D36" s="8">
         <v>40557257</v>
       </c>
       <c r="E36" s="8">
         <v>249069750</v>
       </c>
       <c r="F36" s="8">
         <v>73406912</v>
       </c>
       <c r="G36" s="8"/>
       <c r="H36" s="8">
         <v>575273127</v>
       </c>
     </row>
     <row r="37" spans="1:8" s="9" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="3"/>
       <c r="B37" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C37" s="8">
         <v>217033142.56999999</v>
       </c>
       <c r="D37" s="8">
         <v>40557257</v>
       </c>
       <c r="E37" s="8">
         <v>249069750</v>
       </c>
       <c r="F37" s="8">
         <v>75373251.700000003</v>
       </c>
       <c r="G37" s="8"/>
       <c r="H37" s="8">
         <v>582033402</v>
       </c>
     </row>
     <row r="38" spans="1:8" s="9" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="3"/>
       <c r="B38" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C38" s="8">
         <v>221586539</v>
       </c>
       <c r="D38" s="8">
         <v>40557257</v>
       </c>
       <c r="E38" s="8">
         <v>249069750</v>
       </c>
       <c r="F38" s="8">
         <v>83927859.219999999</v>
       </c>
       <c r="G38" s="8">
         <v>6476615.0599999996</v>
       </c>
       <c r="H38" s="8">
         <v>601618020</v>
       </c>
     </row>
     <row r="39" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="3"/>
       <c r="B39" s="3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C39" s="8">
         <v>228848565.42000002</v>
       </c>
       <c r="D39" s="8">
         <v>40557257</v>
       </c>
       <c r="E39" s="8">
         <v>249069749.91</v>
       </c>
       <c r="F39" s="8">
         <v>82342989.960000008</v>
       </c>
       <c r="G39" s="8">
         <v>12968847.709999999</v>
       </c>
       <c r="H39" s="8">
         <v>613787410</v>
       </c>
     </row>
     <row r="40" spans="1:8" s="9" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A40" s="12"/>
       <c r="B40" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C40" s="8">
         <v>228810606.17999998</v>
       </c>
       <c r="D40" s="8">
         <v>40557257</v>
       </c>
       <c r="E40" s="8">
         <v>249069750</v>
       </c>
       <c r="F40" s="8">
         <v>86281707.780000001</v>
       </c>
       <c r="G40" s="8">
         <v>21324578.569999997</v>
       </c>
       <c r="H40" s="8">
         <v>626043900</v>
       </c>
     </row>
     <row r="41" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="13"/>
       <c r="B41" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C41" s="8">
         <v>232701526</v>
       </c>
       <c r="D41" s="8">
         <v>40557257</v>
       </c>
       <c r="E41" s="8">
         <v>249069750</v>
       </c>
       <c r="F41" s="8">
         <v>89085272</v>
       </c>
       <c r="G41" s="8">
         <v>51815376</v>
       </c>
       <c r="H41" s="8">
         <v>650023221</v>
       </c>
     </row>
     <row r="42" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="13"/>
       <c r="B42" s="3" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C42" s="8">
         <v>235842768</v>
       </c>
       <c r="D42" s="8">
         <v>40557257</v>
       </c>
       <c r="E42" s="8">
         <v>249069750</v>
       </c>
       <c r="F42" s="8">
         <v>93101759</v>
       </c>
       <c r="G42" s="8">
         <v>132595071</v>
       </c>
       <c r="H42" s="8">
         <f>SUM(C42:G42)</f>
         <v>751166605</v>
       </c>
     </row>
     <row r="43" spans="1:8" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B43" s="3" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C43" s="8">
         <v>241752831</v>
       </c>
       <c r="D43" s="8">
         <v>40557257</v>
       </c>
       <c r="E43" s="8">
         <v>249069750</v>
       </c>
       <c r="F43" s="8">
         <v>96257259</v>
       </c>
       <c r="G43" s="8">
         <v>168305635</v>
       </c>
       <c r="H43" s="8">
         <f>SUM(C43:G43)</f>
         <v>795942732</v>
       </c>
     </row>
     <row r="44" spans="1:8" s="18" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
-      <c r="A44" s="14">
-[...1 lines deleted...]
-      </c>
+      <c r="A44" s="14"/>
       <c r="B44" s="3" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>244075213</v>
       </c>
       <c r="D44" s="8">
         <v>40557257</v>
       </c>
       <c r="E44" s="8">
         <v>249069750</v>
       </c>
       <c r="F44" s="8">
         <v>101310426</v>
       </c>
       <c r="G44" s="8">
         <v>165802529</v>
       </c>
       <c r="H44" s="8">
         <f>SUM(Table8[[#This Row],[HOMESTEAD EXEMPTION]:[MANUF. VALUE EXEMPTION]])</f>
         <v>800815175</v>
       </c>
     </row>
-    <row r="45" spans="1:8" s="18" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-        <v>45595</v>
+    <row r="45" spans="1:8" s="18" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A45" s="14">
+        <v>1</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C45" s="8">
+        <v>250996176</v>
+      </c>
+      <c r="D45" s="8">
+        <v>40557257</v>
+      </c>
+      <c r="E45" s="8">
+        <v>249069750</v>
+      </c>
+      <c r="F45" s="8">
+        <v>103398340</v>
+      </c>
+      <c r="G45" s="8">
+        <v>170000000</v>
+      </c>
+      <c r="H45" s="8">
+        <f>SUM(Table8[[#This Row],[HOMESTEAD EXEMPTION]:[MANUF. VALUE EXEMPTION]])</f>
+        <v>814021523</v>
       </c>
     </row>
     <row r="46" spans="1:8" s="18" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A46" s="15"/>
-      <c r="B46" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B46" s="15"/>
       <c r="C46" s="16"/>
       <c r="D46" s="16"/>
       <c r="E46" s="16"/>
       <c r="F46" s="16"/>
-      <c r="G46" s="17"/>
-      <c r="H46" s="24"/>
+      <c r="G46" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="H46" s="33">
+        <v>46027</v>
+      </c>
     </row>
     <row r="47" spans="1:8" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A47" s="20"/>
-      <c r="B47" s="19" t="s">
-        <v>49</v>
+      <c r="B47" s="15" t="s">
+        <v>86</v>
       </c>
       <c r="C47" s="16"/>
       <c r="D47" s="16"/>
       <c r="E47" s="16"/>
       <c r="F47" s="16"/>
-      <c r="G47" s="16"/>
-      <c r="H47" s="16"/>
+      <c r="G47" s="17"/>
+      <c r="H47" s="24"/>
     </row>
     <row r="48" spans="1:8" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A48" s="20"/>
-      <c r="B48" s="18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B48" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="C48" s="16"/>
+      <c r="D48" s="16"/>
+      <c r="E48" s="16"/>
+      <c r="F48" s="16"/>
+      <c r="G48" s="16"/>
+      <c r="H48" s="16"/>
     </row>
     <row r="49" spans="1:8" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="B49" s="18" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
     </row>
     <row r="50" spans="1:8" s="21" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A50" s="22">
         <v>1</v>
       </c>
       <c r="B50" s="18" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="51" spans="1:8" ht="15" x14ac:dyDescent="0.25">
-      <c r="B51" s="20"/>
+      <c r="B51" s="18" t="s">
+        <v>50</v>
+      </c>
       <c r="C51" s="21"/>
       <c r="D51" s="21"/>
       <c r="E51" s="21"/>
       <c r="F51" s="21"/>
       <c r="G51" s="21"/>
       <c r="H51" s="21"/>
+    </row>
+    <row r="52" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="B52" s="20"/>
+      <c r="C52" s="21"/>
+      <c r="D52" s="21"/>
+      <c r="E52" s="21"/>
+      <c r="F52" s="21"/>
+      <c r="G52" s="21"/>
+      <c r="H52" s="21"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="37" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E60E95C8-8AB8-456D-AD3C-1DB40F50C4FC}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A1:G26"/>
+  <dimension ref="A1:G27"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="M24" sqref="M24"/>
+      <selection pane="bottomLeft" activeCell="F39" sqref="F39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="23" customWidth="1"/>
     <col min="2" max="2" width="12.140625" style="23" customWidth="1"/>
     <col min="3" max="7" width="18.5703125" style="5" customWidth="1"/>
     <col min="8" max="247" width="9.140625" style="5"/>
     <col min="248" max="248" width="13.7109375" style="5" customWidth="1"/>
     <col min="249" max="249" width="17.7109375" style="5" customWidth="1"/>
     <col min="250" max="250" width="2.28515625" style="5" customWidth="1"/>
     <col min="251" max="252" width="17.7109375" style="5" customWidth="1"/>
     <col min="253" max="253" width="2.28515625" style="5" customWidth="1"/>
     <col min="254" max="254" width="20.7109375" style="5" customWidth="1"/>
     <col min="255" max="255" width="2.28515625" style="5" customWidth="1"/>
     <col min="256" max="256" width="21.7109375" style="5" customWidth="1"/>
     <col min="257" max="261" width="9.140625" style="5"/>
     <col min="262" max="262" width="11.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="263" max="503" width="9.140625" style="5"/>
     <col min="504" max="504" width="13.7109375" style="5" customWidth="1"/>
     <col min="505" max="505" width="17.7109375" style="5" customWidth="1"/>
     <col min="506" max="506" width="2.28515625" style="5" customWidth="1"/>
     <col min="507" max="508" width="17.7109375" style="5" customWidth="1"/>
     <col min="509" max="509" width="2.28515625" style="5" customWidth="1"/>
     <col min="510" max="510" width="20.7109375" style="5" customWidth="1"/>
@@ -3872,505 +3912,525 @@
     <col min="15867" max="15868" width="17.7109375" style="5" customWidth="1"/>
     <col min="15869" max="15869" width="2.28515625" style="5" customWidth="1"/>
     <col min="15870" max="15870" width="20.7109375" style="5" customWidth="1"/>
     <col min="15871" max="15871" width="2.28515625" style="5" customWidth="1"/>
     <col min="15872" max="15872" width="21.7109375" style="5" customWidth="1"/>
     <col min="15873" max="15877" width="9.140625" style="5"/>
     <col min="15878" max="15878" width="11.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="15879" max="16119" width="9.140625" style="5"/>
     <col min="16120" max="16120" width="13.7109375" style="5" customWidth="1"/>
     <col min="16121" max="16121" width="17.7109375" style="5" customWidth="1"/>
     <col min="16122" max="16122" width="2.28515625" style="5" customWidth="1"/>
     <col min="16123" max="16124" width="17.7109375" style="5" customWidth="1"/>
     <col min="16125" max="16125" width="2.28515625" style="5" customWidth="1"/>
     <col min="16126" max="16126" width="20.7109375" style="5" customWidth="1"/>
     <col min="16127" max="16127" width="2.28515625" style="5" customWidth="1"/>
     <col min="16128" max="16128" width="21.7109375" style="5" customWidth="1"/>
     <col min="16129" max="16133" width="9.140625" style="5"/>
     <col min="16134" max="16134" width="11.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="16135" max="16370" width="9.140625" style="5"/>
     <col min="16371" max="16383" width="9.140625" style="5" customWidth="1"/>
     <col min="16384" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="21" x14ac:dyDescent="0.35">
       <c r="B1" s="2" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:7" ht="7.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
     </row>
     <row r="3" spans="1:7" s="6" customFormat="1" ht="63" x14ac:dyDescent="0.3">
       <c r="B3" s="7" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C3" s="25" t="s">
+        <v>52</v>
+      </c>
+      <c r="D3" s="26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E3" s="27" t="s">
+        <v>54</v>
+      </c>
+      <c r="F3" s="25" t="s">
         <v>55</v>
       </c>
-      <c r="D3" s="26" t="s">
+      <c r="G3" s="28" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="4" spans="1:7" s="30" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
       <c r="B4" s="31" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="C4" s="32" t="s">
+        <v>57</v>
+      </c>
+      <c r="D4" s="32" t="s">
+        <v>58</v>
+      </c>
+      <c r="E4" s="32" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" s="32" t="s">
         <v>60</v>
       </c>
-      <c r="D4" s="32" t="s">
+      <c r="G4" s="32" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="5" spans="1:7" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="3"/>
       <c r="B5" s="3" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C5" s="8">
         <v>550484062</v>
       </c>
       <c r="D5" s="8">
         <v>539094023.30000007</v>
       </c>
       <c r="E5" s="8">
         <v>30107374.490000002</v>
       </c>
       <c r="F5" s="8">
         <v>569201397.79000008</v>
       </c>
       <c r="G5" s="8">
         <v>-18717335.7900001</v>
       </c>
     </row>
     <row r="6" spans="1:7" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C6" s="8">
         <v>525796264</v>
       </c>
       <c r="D6" s="8">
         <v>564452981.33555019</v>
       </c>
       <c r="E6" s="8">
         <v>27005373.096643198</v>
       </c>
       <c r="F6" s="8">
         <v>591458354.4321934</v>
       </c>
       <c r="G6" s="8">
         <v>-65662090.432193398</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="3"/>
       <c r="B7" s="3" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C7" s="8">
         <v>504213010</v>
       </c>
       <c r="D7" s="8">
         <v>597487953.74302542</v>
       </c>
       <c r="E7" s="8">
         <v>23163456.917063035</v>
       </c>
       <c r="F7" s="8">
         <v>620651410.66008842</v>
       </c>
       <c r="G7" s="8">
         <v>-116438400.66008842</v>
       </c>
     </row>
     <row r="8" spans="1:7" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
       <c r="B8" s="3" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C8" s="8">
         <v>514715129</v>
       </c>
       <c r="D8" s="8">
         <v>605948820</v>
       </c>
       <c r="E8" s="8">
         <v>22230587</v>
       </c>
       <c r="F8" s="8">
         <v>628179407</v>
       </c>
       <c r="G8" s="8">
         <v>-113464278</v>
       </c>
     </row>
     <row r="9" spans="1:7" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="3"/>
       <c r="B9" s="3" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C9" s="8">
         <v>537540291.44000006</v>
       </c>
       <c r="D9" s="8">
         <v>624652188</v>
       </c>
       <c r="E9" s="8">
         <v>20370199</v>
       </c>
       <c r="F9" s="8">
         <v>645022387</v>
       </c>
       <c r="G9" s="8">
         <v>-107482095.55999994</v>
       </c>
     </row>
     <row r="10" spans="1:7" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="3"/>
       <c r="B10" s="3" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C10" s="8">
         <v>553390318</v>
       </c>
       <c r="D10" s="8">
         <v>652490626</v>
       </c>
       <c r="E10" s="8">
         <v>17808355</v>
       </c>
       <c r="F10" s="8">
         <v>670298981</v>
       </c>
       <c r="G10" s="8">
         <v>-116908663</v>
       </c>
     </row>
     <row r="11" spans="1:7" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="3"/>
       <c r="B11" s="3" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C11" s="8">
         <v>579001045</v>
       </c>
       <c r="D11" s="8">
         <v>673323810</v>
       </c>
       <c r="E11" s="8">
         <v>16074735</v>
       </c>
       <c r="F11" s="8">
         <v>689398545</v>
       </c>
       <c r="G11" s="8">
         <v>-110397500</v>
       </c>
     </row>
     <row r="12" spans="1:7" s="9" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3"/>
       <c r="B12" s="3" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C12" s="8">
         <v>615064029</v>
       </c>
       <c r="D12" s="8">
         <v>691146342</v>
       </c>
       <c r="E12" s="8">
         <v>14628651</v>
       </c>
       <c r="F12" s="8">
         <v>705774993</v>
       </c>
       <c r="G12" s="8">
         <v>-90710964</v>
       </c>
     </row>
     <row r="13" spans="1:7" s="9" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="11"/>
       <c r="B13" s="3" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C13" s="8">
         <v>649166693</v>
       </c>
       <c r="D13" s="8">
         <v>711595702</v>
       </c>
       <c r="E13" s="8">
         <v>13354027</v>
       </c>
       <c r="F13" s="8">
         <v>724949729</v>
       </c>
       <c r="G13" s="8">
         <v>-75783036</v>
       </c>
     </row>
     <row r="14" spans="1:7" s="9" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="3"/>
       <c r="B14" s="3" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C14" s="8">
         <v>685115809</v>
       </c>
       <c r="D14" s="8">
         <v>720215810</v>
       </c>
       <c r="E14" s="8">
         <v>12885586</v>
       </c>
       <c r="F14" s="8">
         <v>733101396</v>
       </c>
       <c r="G14" s="8">
         <v>-47985587</v>
       </c>
     </row>
     <row r="15" spans="1:7" s="9" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
       <c r="B15" s="3" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C15" s="8">
         <v>717410352</v>
       </c>
       <c r="D15" s="8">
         <v>737928053.24000001</v>
       </c>
       <c r="E15" s="8">
         <v>12039199</v>
       </c>
       <c r="F15" s="8">
         <v>749967252.24000001</v>
       </c>
       <c r="G15" s="8">
         <v>-32556900.24000001</v>
       </c>
     </row>
     <row r="16" spans="1:7" s="9" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="3"/>
       <c r="B16" s="3" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C16" s="8">
         <v>756112890</v>
       </c>
       <c r="D16" s="8">
         <v>762645379</v>
       </c>
       <c r="E16" s="8">
         <v>10789034</v>
       </c>
       <c r="F16" s="8">
         <v>773434413</v>
       </c>
       <c r="G16" s="8">
         <v>-17321523</v>
       </c>
     </row>
     <row r="17" spans="1:7" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="3"/>
       <c r="B17" s="3" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C17" s="8">
         <v>784804568</v>
       </c>
       <c r="D17" s="8">
         <v>789161845.25469756</v>
       </c>
       <c r="E17" s="8">
         <v>9594389.4460891634</v>
       </c>
       <c r="F17" s="8">
         <v>798756234.70078671</v>
       </c>
       <c r="G17" s="8">
         <v>-13951666.70078671</v>
       </c>
     </row>
     <row r="18" spans="1:7" s="9" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A18" s="12"/>
       <c r="B18" s="3" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C18" s="8">
         <v>903551465</v>
       </c>
       <c r="D18" s="8">
         <v>820728319.06488538</v>
       </c>
       <c r="E18" s="8">
         <v>8372539</v>
       </c>
       <c r="F18" s="8">
         <v>829100858.06488538</v>
       </c>
       <c r="G18" s="8">
         <v>74450606.935114622</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="13"/>
       <c r="B19" s="3" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C19" s="8">
         <v>1033264216.4699999</v>
       </c>
       <c r="D19" s="8">
         <v>853558212</v>
       </c>
       <c r="E19" s="8">
         <v>7425278.3268963946</v>
       </c>
       <c r="F19" s="8">
         <v>860983490.32689643</v>
       </c>
       <c r="G19" s="8">
         <v>172280726.14310348</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="13"/>
       <c r="B20" s="3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C20" s="8">
         <v>1112078145</v>
       </c>
       <c r="D20" s="8">
         <v>906859409.80221105</v>
       </c>
       <c r="E20" s="8">
         <v>6023885</v>
       </c>
       <c r="F20" s="8">
         <v>912883294.80221105</v>
       </c>
       <c r="G20" s="8">
         <v>199194850.19778895</v>
       </c>
     </row>
     <row r="21" spans="1:7" s="9" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B21" s="3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C21" s="8">
         <v>1155656285.6999998</v>
       </c>
       <c r="D21" s="8">
         <v>1000242264.7215759</v>
       </c>
       <c r="E21" s="8">
         <v>4385157</v>
       </c>
       <c r="F21" s="8">
         <v>1004627421.7215759</v>
       </c>
       <c r="G21" s="8">
         <v>151028863.97842395</v>
       </c>
     </row>
     <row r="22" spans="1:7" s="18" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A22" s="14"/>
-      <c r="B22" s="15"/>
-[...7 lines deleted...]
-        <v>45615</v>
+      <c r="B22" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C22" s="8">
+        <v>1201834214</v>
+      </c>
+      <c r="D22" s="8">
+        <v>1062375185</v>
+      </c>
+      <c r="E22" s="8">
+        <v>3818914</v>
+      </c>
+      <c r="F22" s="8">
+        <v>1066194099</v>
+      </c>
+      <c r="G22" s="8">
+        <v>135640114</v>
       </c>
     </row>
     <row r="23" spans="1:7" s="18" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="15"/>
-      <c r="B23" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B23" s="15"/>
       <c r="C23" s="16"/>
       <c r="D23" s="16"/>
       <c r="E23" s="16"/>
-      <c r="F23" s="16"/>
-      <c r="G23" s="17"/>
+      <c r="F23" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" s="29">
+        <v>46003</v>
+      </c>
     </row>
     <row r="24" spans="1:7" s="18" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="15"/>
-      <c r="B24" s="18" t="s">
-[...6 lines deleted...]
-      <c r="G24" s="21"/>
+      <c r="B24" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C24" s="16"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="16"/>
+      <c r="G24" s="17"/>
     </row>
     <row r="25" spans="1:7" s="21" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="20"/>
-      <c r="B25" s="18"/>
+      <c r="B25" s="18" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="26" spans="1:7" s="21" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
       <c r="A26" s="22"/>
-      <c r="B26" s="20"/>
+      <c r="B26" s="18"/>
+    </row>
+    <row r="27" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="B27" s="20"/>
+      <c r="C27" s="21"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="21"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="21"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="37" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Regular"&amp;10&amp;P</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>